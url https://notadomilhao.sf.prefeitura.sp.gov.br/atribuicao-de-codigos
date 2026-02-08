--- v0 (2025-12-23)
+++ v1 (2026-02-08)
@@ -1,93 +1,96 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
-  <workbookPr defaultThemeVersion="202300"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://smfsp-my.sharepoint.com/personal/eyamasaki_sf_prefeitura_sp_gov_br/Documents/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\hfuji\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{D2E270E9-E2FC-4EDF-AF27-FB2C9B8ADEE6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A184881F-B26C-4336-8819-30F195FCA580}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-21720" yWindow="-120" windowWidth="21840" windowHeight="13020" xr2:uid="{03611FF1-55D5-4B74-86AF-2624C2C47AC7}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{03611FF1-55D5-4B74-86AF-2624C2C47AC7}"/>
   </bookViews>
   <sheets>
     <sheet name="Planilha1" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4" uniqueCount="4">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5" uniqueCount="5">
   <si>
     <t>código original que será encerrado em 31/12/2025</t>
   </si>
   <si>
     <t>código que precisam ser atribuídos a todos que possuíam o código original</t>
   </si>
   <si>
+    <t>*código já existente que precisa ser atribuído aos que possuíam o código original</t>
+  </si>
+  <si>
     <t>7609*</t>
   </si>
   <si>
-    <t>*código já existente que precisa ser atribuído aos que possuíam o código original</t>
+    <t>8664*</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
@@ -100,65 +103,68 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="6">
+  <cellXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
@@ -458,1063 +464,1072 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BC1C8DDE-AA12-4D82-8184-F32A9DDA2062}">
   <dimension ref="A1:Q31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="B1" sqref="B1:I1"/>
+      <selection activeCell="D27" sqref="D27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="45.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="17" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="2" t="s">
+      <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="2"/>
-[...6 lines deleted...]
-      <c r="J1" s="4" t="s">
+      <c r="C1" s="4"/>
+      <c r="D1" s="4"/>
+      <c r="E1" s="4"/>
+      <c r="F1" s="4"/>
+      <c r="G1" s="4"/>
+      <c r="H1" s="4"/>
+      <c r="I1" s="4"/>
+      <c r="J1" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="K1" s="5"/>
+      <c r="L1" s="5"/>
+      <c r="M1" s="5"/>
+      <c r="N1" s="5"/>
+      <c r="O1" s="5"/>
+      <c r="P1" s="5"/>
+      <c r="Q1" s="5"/>
+    </row>
+    <row r="2" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A2" s="2">
+        <v>2685</v>
+      </c>
+      <c r="B2" s="2">
+        <v>2689</v>
+      </c>
+      <c r="C2" s="2">
+        <v>2696</v>
+      </c>
+      <c r="D2" s="2">
+        <v>2697</v>
+      </c>
+      <c r="E2" s="2">
+        <v>2698</v>
+      </c>
+      <c r="F2" s="2">
+        <v>2699</v>
+      </c>
+      <c r="G2" s="2">
+        <v>2700</v>
+      </c>
+      <c r="H2" s="2"/>
+      <c r="I2" s="2"/>
+      <c r="J2" s="2"/>
+      <c r="K2" s="2"/>
+      <c r="L2" s="2"/>
+      <c r="M2" s="2"/>
+      <c r="N2" s="2"/>
+      <c r="O2" s="2"/>
+      <c r="P2" s="2"/>
+      <c r="Q2" s="2"/>
+    </row>
+    <row r="3" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A3" s="2">
+        <v>2693</v>
+      </c>
+      <c r="B3" s="2">
+        <v>2694</v>
+      </c>
+      <c r="C3" s="2">
+        <v>2695</v>
+      </c>
+      <c r="D3" s="2"/>
+      <c r="E3" s="2"/>
+      <c r="F3" s="2"/>
+      <c r="G3" s="2"/>
+      <c r="H3" s="2"/>
+      <c r="I3" s="2"/>
+      <c r="J3" s="2"/>
+      <c r="K3" s="2"/>
+      <c r="L3" s="2"/>
+      <c r="M3" s="2"/>
+      <c r="N3" s="2"/>
+      <c r="O3" s="2"/>
+      <c r="P3" s="2"/>
+      <c r="Q3" s="2"/>
+    </row>
+    <row r="4" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A4" s="2">
+        <v>2686</v>
+      </c>
+      <c r="B4" s="2">
+        <v>2687</v>
+      </c>
+      <c r="C4" s="2">
+        <v>2688</v>
+      </c>
+      <c r="D4" s="2"/>
+      <c r="E4" s="2"/>
+      <c r="F4" s="2"/>
+      <c r="G4" s="2"/>
+      <c r="H4" s="2"/>
+      <c r="I4" s="2"/>
+      <c r="J4" s="2"/>
+      <c r="K4" s="2"/>
+      <c r="L4" s="2"/>
+      <c r="M4" s="2"/>
+      <c r="N4" s="2"/>
+      <c r="O4" s="2"/>
+      <c r="P4" s="2"/>
+      <c r="Q4" s="2"/>
+    </row>
+    <row r="5" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A5" s="2">
+        <v>1503</v>
+      </c>
+      <c r="B5" s="2">
+        <v>1505</v>
+      </c>
+      <c r="C5" s="2">
+        <v>1506</v>
+      </c>
+      <c r="D5" s="2">
+        <v>1507</v>
+      </c>
+      <c r="E5" s="2">
+        <v>1508</v>
+      </c>
+      <c r="F5" s="2">
+        <v>1509</v>
+      </c>
+      <c r="G5" s="2">
+        <v>1510</v>
+      </c>
+      <c r="H5" s="2">
+        <v>1512</v>
+      </c>
+      <c r="I5" s="2">
+        <v>1513</v>
+      </c>
+      <c r="J5" s="2">
+        <v>1514</v>
+      </c>
+      <c r="K5" s="2">
+        <v>1515</v>
+      </c>
+      <c r="L5" s="2"/>
+      <c r="M5" s="2"/>
+      <c r="N5" s="2"/>
+      <c r="O5" s="2"/>
+      <c r="P5" s="2"/>
+      <c r="Q5" s="2"/>
+    </row>
+    <row r="6" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A6" s="2">
+        <v>1520</v>
+      </c>
+      <c r="B6" s="2">
+        <v>1521</v>
+      </c>
+      <c r="C6" s="2">
+        <v>1522</v>
+      </c>
+      <c r="D6" s="2">
+        <v>1523</v>
+      </c>
+      <c r="E6" s="2"/>
+      <c r="F6" s="2"/>
+      <c r="G6" s="2"/>
+      <c r="H6" s="2"/>
+      <c r="I6" s="2"/>
+      <c r="J6" s="2"/>
+      <c r="K6" s="2"/>
+      <c r="L6" s="2"/>
+      <c r="M6" s="2"/>
+      <c r="N6" s="2"/>
+      <c r="O6" s="2"/>
+      <c r="P6" s="2"/>
+      <c r="Q6" s="2"/>
+    </row>
+    <row r="7" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A7" s="2">
+        <v>1538</v>
+      </c>
+      <c r="B7" s="2">
+        <v>1539</v>
+      </c>
+      <c r="C7" s="2">
+        <v>1540</v>
+      </c>
+      <c r="D7" s="2">
+        <v>1541</v>
+      </c>
+      <c r="E7" s="2"/>
+      <c r="F7" s="2"/>
+      <c r="G7" s="2"/>
+      <c r="H7" s="2"/>
+      <c r="I7" s="2"/>
+      <c r="J7" s="2"/>
+      <c r="K7" s="2"/>
+      <c r="L7" s="2"/>
+      <c r="M7" s="2"/>
+      <c r="N7" s="2"/>
+      <c r="O7" s="2"/>
+      <c r="P7" s="2"/>
+      <c r="Q7" s="2"/>
+    </row>
+    <row r="8" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A8" s="2">
+        <v>1546</v>
+      </c>
+      <c r="B8" s="2">
+        <v>1547</v>
+      </c>
+      <c r="C8" s="2">
+        <v>1548</v>
+      </c>
+      <c r="D8" s="2">
+        <v>1549</v>
+      </c>
+      <c r="E8" s="2"/>
+      <c r="F8" s="2"/>
+      <c r="G8" s="2"/>
+      <c r="H8" s="2"/>
+      <c r="I8" s="2"/>
+      <c r="J8" s="2"/>
+      <c r="K8" s="2"/>
+      <c r="L8" s="2"/>
+      <c r="M8" s="2"/>
+      <c r="N8" s="2"/>
+      <c r="O8" s="2"/>
+      <c r="P8" s="2"/>
+      <c r="Q8" s="2"/>
+    </row>
+    <row r="9" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A9" s="2">
+        <v>1589</v>
+      </c>
+      <c r="B9" s="2">
+        <v>1590</v>
+      </c>
+      <c r="C9" s="2">
+        <v>1591</v>
+      </c>
+      <c r="D9" s="2"/>
+      <c r="E9" s="2"/>
+      <c r="F9" s="2"/>
+      <c r="G9" s="2"/>
+      <c r="H9" s="2"/>
+      <c r="I9" s="2"/>
+      <c r="J9" s="2"/>
+      <c r="K9" s="2"/>
+      <c r="L9" s="2"/>
+      <c r="M9" s="2"/>
+      <c r="N9" s="2"/>
+      <c r="O9" s="2"/>
+      <c r="P9" s="2"/>
+      <c r="Q9" s="2"/>
+    </row>
+    <row r="10" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A10" s="2">
+        <v>1600</v>
+      </c>
+      <c r="B10" s="2">
+        <v>1601</v>
+      </c>
+      <c r="C10" s="2">
+        <v>1602</v>
+      </c>
+      <c r="D10" s="2"/>
+      <c r="E10" s="2"/>
+      <c r="F10" s="2"/>
+      <c r="G10" s="2"/>
+      <c r="H10" s="2"/>
+      <c r="I10" s="2"/>
+      <c r="J10" s="2"/>
+      <c r="K10" s="2"/>
+      <c r="L10" s="2"/>
+      <c r="M10" s="2"/>
+      <c r="N10" s="2"/>
+      <c r="O10" s="2"/>
+      <c r="P10" s="2"/>
+      <c r="Q10" s="2"/>
+    </row>
+    <row r="11" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A11" s="2">
+        <v>1627</v>
+      </c>
+      <c r="B11" s="2">
+        <v>1628</v>
+      </c>
+      <c r="C11" s="2">
+        <v>1629</v>
+      </c>
+      <c r="D11" s="2"/>
+      <c r="E11" s="2"/>
+      <c r="F11" s="2"/>
+      <c r="G11" s="2"/>
+      <c r="H11" s="2"/>
+      <c r="I11" s="2"/>
+      <c r="J11" s="2"/>
+      <c r="K11" s="2"/>
+      <c r="L11" s="2"/>
+      <c r="M11" s="2"/>
+      <c r="N11" s="2"/>
+      <c r="O11" s="2"/>
+      <c r="P11" s="2"/>
+      <c r="Q11" s="2"/>
+    </row>
+    <row r="12" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A12" s="2">
+        <v>5870</v>
+      </c>
+      <c r="B12" s="2">
+        <v>5909</v>
+      </c>
+      <c r="C12" s="2">
+        <v>5910</v>
+      </c>
+      <c r="D12" s="2">
+        <v>5911</v>
+      </c>
+      <c r="E12" s="2">
+        <v>5912</v>
+      </c>
+      <c r="F12" s="2">
+        <v>5913</v>
+      </c>
+      <c r="G12" s="2">
+        <v>5914</v>
+      </c>
+      <c r="H12" s="2">
+        <v>5915</v>
+      </c>
+      <c r="I12" s="2">
+        <v>5917</v>
+      </c>
+      <c r="J12" s="2"/>
+      <c r="K12" s="2"/>
+      <c r="L12" s="2"/>
+      <c r="M12" s="2"/>
+      <c r="N12" s="2"/>
+      <c r="O12" s="2"/>
+      <c r="P12" s="2"/>
+      <c r="Q12" s="2"/>
+    </row>
+    <row r="13" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A13" s="2">
+        <v>2340</v>
+      </c>
+      <c r="B13" s="2">
+        <v>2341</v>
+      </c>
+      <c r="C13" s="2">
+        <v>2342</v>
+      </c>
+      <c r="D13" s="2">
+        <v>2343</v>
+      </c>
+      <c r="E13" s="2">
+        <v>2344</v>
+      </c>
+      <c r="F13" s="2"/>
+      <c r="G13" s="2"/>
+      <c r="H13" s="2"/>
+      <c r="I13" s="2"/>
+      <c r="J13" s="2"/>
+      <c r="K13" s="2"/>
+      <c r="L13" s="2"/>
+      <c r="M13" s="2"/>
+      <c r="N13" s="2"/>
+      <c r="O13" s="2"/>
+      <c r="P13" s="2"/>
+      <c r="Q13" s="2"/>
+    </row>
+    <row r="14" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A14" s="2">
+        <v>3980</v>
+      </c>
+      <c r="B14" s="2">
+        <v>3982</v>
+      </c>
+      <c r="C14" s="2">
+        <v>3983</v>
+      </c>
+      <c r="D14" s="2">
+        <v>3984</v>
+      </c>
+      <c r="E14" s="2">
+        <v>3985</v>
+      </c>
+      <c r="F14" s="2">
+        <v>3986</v>
+      </c>
+      <c r="G14" s="2">
+        <v>3987</v>
+      </c>
+      <c r="H14" s="2">
+        <v>3988</v>
+      </c>
+      <c r="I14" s="2"/>
+      <c r="J14" s="2"/>
+      <c r="K14" s="2"/>
+      <c r="L14" s="2"/>
+      <c r="M14" s="2"/>
+      <c r="N14" s="2"/>
+      <c r="O14" s="2"/>
+      <c r="P14" s="2"/>
+      <c r="Q14" s="2"/>
+    </row>
+    <row r="15" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A15" s="2">
+        <v>2143</v>
+      </c>
+      <c r="B15" s="2">
+        <v>2144</v>
+      </c>
+      <c r="C15" s="2">
+        <v>2145</v>
+      </c>
+      <c r="D15" s="2">
+        <v>2146</v>
+      </c>
+      <c r="E15" s="2"/>
+      <c r="F15" s="2"/>
+      <c r="G15" s="2"/>
+      <c r="H15" s="2"/>
+      <c r="I15" s="2"/>
+      <c r="J15" s="2"/>
+      <c r="K15" s="2"/>
+      <c r="L15" s="2"/>
+      <c r="M15" s="2"/>
+      <c r="N15" s="2"/>
+      <c r="O15" s="2"/>
+      <c r="P15" s="2"/>
+      <c r="Q15" s="2"/>
+    </row>
+    <row r="16" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A16" s="2">
+        <v>2232</v>
+      </c>
+      <c r="B16" s="2">
+        <v>2234</v>
+      </c>
+      <c r="C16" s="2">
+        <v>2235</v>
+      </c>
+      <c r="D16" s="2">
+        <v>2236</v>
+      </c>
+      <c r="E16" s="2">
+        <v>2237</v>
+      </c>
+      <c r="F16" s="2">
+        <v>2238</v>
+      </c>
+      <c r="G16" s="2">
+        <v>2239</v>
+      </c>
+      <c r="H16" s="2">
+        <v>2241</v>
+      </c>
+      <c r="I16" s="2">
+        <v>2242</v>
+      </c>
+      <c r="J16" s="2">
+        <v>2243</v>
+      </c>
+      <c r="K16" s="2">
+        <v>2244</v>
+      </c>
+      <c r="L16" s="2">
+        <v>2245</v>
+      </c>
+      <c r="M16" s="2">
+        <v>2246</v>
+      </c>
+      <c r="N16" s="2">
+        <v>2247</v>
+      </c>
+      <c r="O16" s="2">
+        <v>2248</v>
+      </c>
+      <c r="P16" s="2">
+        <v>2249</v>
+      </c>
+      <c r="Q16" s="2">
+        <v>2250</v>
+      </c>
+    </row>
+    <row r="17" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A17" s="2">
+        <v>5542</v>
+      </c>
+      <c r="B17" s="2">
+        <v>5544</v>
+      </c>
+      <c r="C17" s="2">
+        <v>5545</v>
+      </c>
+      <c r="D17" s="2">
+        <v>5546</v>
+      </c>
+      <c r="E17" s="2">
+        <v>5547</v>
+      </c>
+      <c r="F17" s="2">
+        <v>5548</v>
+      </c>
+      <c r="G17" s="2">
+        <v>5549</v>
+      </c>
+      <c r="H17" s="2">
+        <v>5551</v>
+      </c>
+      <c r="I17" s="2">
+        <v>5552</v>
+      </c>
+      <c r="J17" s="2">
+        <v>5553</v>
+      </c>
+      <c r="K17" s="2">
+        <v>5554</v>
+      </c>
+      <c r="L17" s="2">
+        <v>5555</v>
+      </c>
+      <c r="M17" s="2">
+        <v>5556</v>
+      </c>
+      <c r="N17" s="2">
+        <v>5557</v>
+      </c>
+      <c r="O17" s="2"/>
+      <c r="P17" s="2"/>
+      <c r="Q17" s="2"/>
+    </row>
+    <row r="18" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A18" s="2">
+        <v>5543</v>
+      </c>
+      <c r="B18" s="2">
+        <v>5558</v>
+      </c>
+      <c r="C18" s="2">
+        <v>5559</v>
+      </c>
+      <c r="D18" s="2">
+        <v>5560</v>
+      </c>
+      <c r="E18" s="2">
+        <v>5561</v>
+      </c>
+      <c r="F18" s="2">
+        <v>5562</v>
+      </c>
+      <c r="G18" s="2">
+        <v>5563</v>
+      </c>
+      <c r="H18" s="2">
+        <v>5564</v>
+      </c>
+      <c r="I18" s="2">
+        <v>5565</v>
+      </c>
+      <c r="J18" s="2">
+        <v>5566</v>
+      </c>
+      <c r="K18" s="2">
+        <v>5567</v>
+      </c>
+      <c r="L18" s="2"/>
+      <c r="M18" s="2"/>
+      <c r="N18" s="2"/>
+      <c r="O18" s="2"/>
+      <c r="P18" s="2"/>
+      <c r="Q18" s="2"/>
+    </row>
+    <row r="19" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A19" s="2">
+        <v>6653</v>
+      </c>
+      <c r="B19" s="2">
+        <v>6656</v>
+      </c>
+      <c r="C19" s="2">
+        <v>6657</v>
+      </c>
+      <c r="D19" s="2">
+        <v>6658</v>
+      </c>
+      <c r="E19" s="2">
+        <v>6659</v>
+      </c>
+      <c r="F19" s="2">
+        <v>6660</v>
+      </c>
+      <c r="G19" s="2">
+        <v>6661</v>
+      </c>
+      <c r="H19" s="2">
+        <v>6662</v>
+      </c>
+      <c r="I19" s="2"/>
+      <c r="J19" s="2"/>
+      <c r="K19" s="2"/>
+      <c r="L19" s="2"/>
+      <c r="M19" s="2"/>
+      <c r="N19" s="2"/>
+      <c r="O19" s="2"/>
+      <c r="P19" s="2"/>
+      <c r="Q19" s="2"/>
+    </row>
+    <row r="20" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A20" s="2">
+        <v>6971</v>
+      </c>
+      <c r="B20" s="2">
+        <v>6975</v>
+      </c>
+      <c r="C20" s="2">
+        <v>6976</v>
+      </c>
+      <c r="D20" s="2">
+        <v>6977</v>
+      </c>
+      <c r="E20" s="2"/>
+      <c r="F20" s="2"/>
+      <c r="G20" s="2"/>
+      <c r="H20" s="2"/>
+      <c r="I20" s="2"/>
+      <c r="J20" s="2"/>
+      <c r="K20" s="2"/>
+      <c r="L20" s="2"/>
+      <c r="M20" s="2"/>
+      <c r="N20" s="2"/>
+      <c r="O20" s="2"/>
+      <c r="P20" s="2"/>
+      <c r="Q20" s="2"/>
+    </row>
+    <row r="21" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A21" s="2">
+        <v>7685</v>
+      </c>
+      <c r="B21" s="2">
+        <v>7686</v>
+      </c>
+      <c r="C21" s="2">
+        <v>7561</v>
+      </c>
+      <c r="D21" s="2">
+        <v>7580</v>
+      </c>
+      <c r="E21" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="K1" s="4"/>
-[...645 lines deleted...]
-      <c r="Q21" s="3"/>
+      <c r="F21" s="2"/>
+      <c r="G21" s="2"/>
+      <c r="H21" s="2"/>
+      <c r="I21" s="2"/>
+      <c r="J21" s="2"/>
+      <c r="K21" s="2"/>
+      <c r="L21" s="2"/>
+      <c r="M21" s="2"/>
+      <c r="N21" s="2"/>
+      <c r="O21" s="2"/>
+      <c r="P21" s="2"/>
+      <c r="Q21" s="2"/>
     </row>
     <row r="22" spans="1:17" x14ac:dyDescent="0.25">
-      <c r="A22" s="3">
+      <c r="A22" s="2">
         <v>8036</v>
       </c>
-      <c r="B22" s="3">
+      <c r="B22" s="2">
         <v>8038</v>
       </c>
-      <c r="C22" s="3">
+      <c r="C22" s="2">
         <v>8039</v>
       </c>
-      <c r="D22" s="3">
+      <c r="D22" s="2">
         <v>8040</v>
       </c>
-      <c r="E22" s="3">
+      <c r="E22" s="2">
         <v>8041</v>
       </c>
-      <c r="F22" s="3">
+      <c r="F22" s="2">
         <v>8042</v>
       </c>
-      <c r="G22" s="3">
+      <c r="G22" s="2">
         <v>8043</v>
       </c>
-      <c r="H22" s="3">
+      <c r="H22" s="2">
         <v>8047</v>
       </c>
-      <c r="I22" s="3">
+      <c r="I22" s="2">
         <v>8071</v>
       </c>
-      <c r="J22" s="3">
+      <c r="J22" s="2">
         <v>8048</v>
       </c>
-      <c r="K22" s="3">
+      <c r="K22" s="2">
         <v>8049</v>
       </c>
-      <c r="L22" s="3">
+      <c r="L22" s="2">
         <v>8050</v>
       </c>
-      <c r="M22" s="3">
+      <c r="M22" s="2">
         <v>8051</v>
       </c>
-      <c r="N22" s="3">
+      <c r="N22" s="2">
         <v>8053</v>
       </c>
-      <c r="O22" s="3">
+      <c r="O22" s="2">
         <v>8054</v>
       </c>
-      <c r="P22" s="3">
+      <c r="P22" s="2">
         <v>8056</v>
       </c>
-      <c r="Q22" s="3">
+      <c r="Q22" s="2">
         <v>8057</v>
       </c>
     </row>
     <row r="23" spans="1:17" x14ac:dyDescent="0.25">
-      <c r="A23" s="3">
+      <c r="A23" s="2">
         <v>8044</v>
       </c>
-      <c r="B23" s="3">
+      <c r="B23" s="2">
         <v>8058</v>
       </c>
-      <c r="C23" s="3">
+      <c r="C23" s="2">
         <v>8059</v>
       </c>
-      <c r="D23" s="3">
+      <c r="D23" s="2">
         <v>8169</v>
       </c>
-      <c r="E23" s="3">
+      <c r="E23" s="2">
         <v>8068</v>
       </c>
-      <c r="F23" s="3">
+      <c r="F23" s="2">
         <v>8061</v>
       </c>
-      <c r="G23" s="3">
+      <c r="G23" s="2">
         <v>8062</v>
       </c>
-      <c r="H23" s="3">
+      <c r="H23" s="2">
         <v>8063</v>
       </c>
-      <c r="I23" s="3">
+      <c r="I23" s="2">
         <v>8064</v>
       </c>
-      <c r="J23" s="3">
+      <c r="J23" s="2">
         <v>8065</v>
       </c>
-      <c r="K23" s="3">
+      <c r="K23" s="2">
         <v>8066</v>
       </c>
-      <c r="L23" s="3">
+      <c r="L23" s="2">
         <v>8067</v>
       </c>
-      <c r="M23" s="3"/>
-[...3 lines deleted...]
-      <c r="Q23" s="3"/>
+      <c r="M23" s="2"/>
+      <c r="N23" s="2"/>
+      <c r="O23" s="2"/>
+      <c r="P23" s="2"/>
+      <c r="Q23" s="2"/>
     </row>
     <row r="24" spans="1:17" x14ac:dyDescent="0.25">
-      <c r="A24" s="3">
+      <c r="A24" s="2">
         <v>8575</v>
       </c>
-      <c r="B24" s="3">
+      <c r="B24" s="2">
         <v>8576</v>
       </c>
-      <c r="C24" s="3">
+      <c r="C24" s="2">
         <v>8577</v>
       </c>
-      <c r="D24" s="3">
+      <c r="D24" s="2">
         <v>8578</v>
       </c>
-      <c r="E24" s="3">
+      <c r="E24" s="2">
         <v>8579</v>
       </c>
-      <c r="F24" s="3"/>
-[...10 lines deleted...]
-      <c r="Q24" s="3"/>
+      <c r="F24" s="2"/>
+      <c r="G24" s="2"/>
+      <c r="H24" s="2"/>
+      <c r="I24" s="2"/>
+      <c r="J24" s="2"/>
+      <c r="K24" s="2"/>
+      <c r="L24" s="2"/>
+      <c r="M24" s="2"/>
+      <c r="N24" s="2"/>
+      <c r="O24" s="2"/>
+      <c r="P24" s="2"/>
+      <c r="Q24" s="2"/>
     </row>
     <row r="25" spans="1:17" x14ac:dyDescent="0.25">
-      <c r="A25" s="3">
+      <c r="A25" s="2">
         <v>8899</v>
       </c>
-      <c r="B25" s="3">
+      <c r="B25" s="2">
         <v>8900</v>
       </c>
-      <c r="C25" s="5">
-[...2 lines deleted...]
-      <c r="D25" s="3">
+      <c r="C25" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="D25" s="2">
         <v>8901</v>
       </c>
-      <c r="E25" s="3"/>
-[...11 lines deleted...]
-      <c r="Q25" s="3"/>
+      <c r="E25" s="2"/>
+      <c r="F25" s="2"/>
+      <c r="G25" s="2"/>
+      <c r="H25" s="2"/>
+      <c r="I25" s="2"/>
+      <c r="J25" s="2"/>
+      <c r="K25" s="2"/>
+      <c r="L25" s="2"/>
+      <c r="M25" s="2"/>
+      <c r="N25" s="2"/>
+      <c r="O25" s="2"/>
+      <c r="P25" s="2"/>
+      <c r="Q25" s="2"/>
     </row>
     <row r="26" spans="1:17" x14ac:dyDescent="0.25">
-      <c r="A26" s="3">
+      <c r="A26" s="2">
         <v>2489</v>
       </c>
-      <c r="B26" s="3">
+      <c r="B26" s="2">
         <v>2490</v>
       </c>
-      <c r="C26" s="3">
+      <c r="C26" s="2">
         <v>2491</v>
       </c>
-      <c r="D26" s="3">
+      <c r="D26" s="2">
         <v>2492</v>
       </c>
-      <c r="E26" s="3"/>
-[...11 lines deleted...]
-      <c r="Q26" s="3"/>
+      <c r="E26" s="2"/>
+      <c r="F26" s="2"/>
+      <c r="G26" s="2"/>
+      <c r="H26" s="2"/>
+      <c r="I26" s="2"/>
+      <c r="J26" s="2"/>
+      <c r="K26" s="2"/>
+      <c r="L26" s="2"/>
+      <c r="M26" s="2"/>
+      <c r="N26" s="2"/>
+      <c r="O26" s="2"/>
+      <c r="P26" s="2"/>
+      <c r="Q26" s="2"/>
     </row>
     <row r="27" spans="1:17" x14ac:dyDescent="0.25">
-      <c r="A27" s="3">
+      <c r="A27" s="2">
         <v>8045</v>
       </c>
-      <c r="B27" s="3">
+      <c r="B27" s="2">
         <v>8069</v>
       </c>
-      <c r="C27" s="3">
+      <c r="C27" s="2">
         <v>8070</v>
       </c>
-      <c r="D27" s="5">
+      <c r="D27" s="6">
         <v>8169</v>
       </c>
-      <c r="E27" s="3"/>
-[...11 lines deleted...]
-      <c r="Q27" s="3"/>
+      <c r="E27" s="2"/>
+      <c r="F27" s="2"/>
+      <c r="G27" s="2"/>
+      <c r="H27" s="2"/>
+      <c r="I27" s="2"/>
+      <c r="J27" s="2"/>
+      <c r="K27" s="2"/>
+      <c r="L27" s="2"/>
+      <c r="M27" s="2"/>
+      <c r="N27" s="2"/>
+      <c r="O27" s="2"/>
+      <c r="P27" s="2"/>
+      <c r="Q27" s="2"/>
     </row>
     <row r="28" spans="1:17" x14ac:dyDescent="0.25">
-      <c r="A28" s="3">
+      <c r="A28" s="2">
         <v>8274</v>
       </c>
-      <c r="B28" s="3">
+      <c r="B28" s="2">
         <v>8275</v>
       </c>
-      <c r="C28" s="3">
+      <c r="C28" s="2">
         <v>8276</v>
       </c>
-      <c r="D28" s="3">
+      <c r="D28" s="2">
         <v>8277</v>
       </c>
-      <c r="E28" s="3"/>
-[...11 lines deleted...]
-      <c r="Q28" s="3"/>
+      <c r="E28" s="2"/>
+      <c r="F28" s="2"/>
+      <c r="G28" s="2"/>
+      <c r="H28" s="2"/>
+      <c r="I28" s="2"/>
+      <c r="J28" s="2"/>
+      <c r="K28" s="2"/>
+      <c r="L28" s="2"/>
+      <c r="M28" s="2"/>
+      <c r="N28" s="2"/>
+      <c r="O28" s="2"/>
+      <c r="P28" s="2"/>
+      <c r="Q28" s="2"/>
     </row>
     <row r="29" spans="1:17" x14ac:dyDescent="0.25">
-      <c r="A29" s="3">
+      <c r="A29" s="2">
         <v>7684</v>
       </c>
-      <c r="B29" s="3">
+      <c r="B29" s="2">
         <v>7687</v>
       </c>
-      <c r="C29" s="3">
+      <c r="C29" s="2">
         <v>7688</v>
       </c>
-      <c r="D29" s="3">
+      <c r="D29" s="2">
         <v>7689</v>
       </c>
-      <c r="E29" s="3"/>
-[...11 lines deleted...]
-      <c r="Q29" s="3"/>
+      <c r="E29" s="2"/>
+      <c r="F29" s="2"/>
+      <c r="G29" s="2"/>
+      <c r="H29" s="2"/>
+      <c r="I29" s="2"/>
+      <c r="J29" s="2"/>
+      <c r="K29" s="2"/>
+      <c r="L29" s="2"/>
+      <c r="M29" s="2"/>
+      <c r="N29" s="2"/>
+      <c r="O29" s="2"/>
+      <c r="P29" s="2"/>
+      <c r="Q29" s="2"/>
     </row>
     <row r="30" spans="1:17" x14ac:dyDescent="0.25">
-      <c r="A30" s="3">
+      <c r="A30" s="2">
         <v>7323</v>
       </c>
-      <c r="B30" s="3">
+      <c r="B30" s="2">
         <v>7327</v>
       </c>
-      <c r="C30" s="3">
+      <c r="C30" s="2">
         <v>7328</v>
       </c>
-      <c r="D30" s="3">
+      <c r="D30" s="2">
         <v>7329</v>
       </c>
-      <c r="E30" s="3"/>
-[...11 lines deleted...]
-      <c r="Q30" s="3"/>
+      <c r="E30" s="2"/>
+      <c r="F30" s="2"/>
+      <c r="G30" s="2"/>
+      <c r="H30" s="2"/>
+      <c r="I30" s="2"/>
+      <c r="J30" s="2"/>
+      <c r="K30" s="2"/>
+      <c r="L30" s="2"/>
+      <c r="M30" s="2"/>
+      <c r="N30" s="2"/>
+      <c r="O30" s="2"/>
+      <c r="P30" s="2"/>
+      <c r="Q30" s="2"/>
     </row>
     <row r="31" spans="1:17" x14ac:dyDescent="0.25">
-      <c r="A31" s="3">
+      <c r="A31" s="2">
         <v>1112</v>
       </c>
-      <c r="B31" s="3">
+      <c r="B31" s="2">
         <v>1122</v>
       </c>
-      <c r="C31" s="3">
+      <c r="C31" s="2">
         <v>1123</v>
       </c>
-      <c r="D31" s="3">
+      <c r="D31" s="2">
         <v>1124</v>
       </c>
-      <c r="E31" s="3">
+      <c r="E31" s="2">
         <v>1125</v>
       </c>
-      <c r="F31" s="3">
+      <c r="F31" s="2">
         <v>1126</v>
       </c>
-      <c r="G31" s="3"/>
-[...9 lines deleted...]
-      <c r="Q31" s="3"/>
+      <c r="G31" s="2"/>
+      <c r="H31" s="2"/>
+      <c r="I31" s="2"/>
+      <c r="J31" s="2"/>
+      <c r="K31" s="2"/>
+      <c r="L31" s="2"/>
+      <c r="M31" s="2"/>
+      <c r="N31" s="2"/>
+      <c r="O31" s="2"/>
+      <c r="P31" s="2"/>
+      <c r="Q31" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="J1:Q1"/>
   </mergeCells>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Planilha1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Edson Hiroshi Yamasaki</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>